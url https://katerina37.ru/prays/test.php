--- v0 (2025-12-18)
+++ v1 (2026-03-19)
@@ -1930,51 +1930,51 @@
         <v>40856</v>
       </c>
       <c r="B34" s="7">
         <v>123028</v>
       </c>
       <c r="C34" s="7" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="7" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7" t="s">
         <v>97</v>
       </c>
       <c r="H34" s="7"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="7">
         <v>40781</v>
       </c>
       <c r="B35" s="7">
-        <v>123233</v>
+        <v>139808</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>98</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>96</v>
       </c>
       <c r="F35" s="7"/>
       <c r="G35" s="7" t="s">
         <v>100</v>
       </c>
       <c r="H35" s="7"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="7">
         <v>40302</v>
       </c>
       <c r="B36" s="7">
         <v>123424</v>
       </c>
       <c r="C36" s="7" t="s">
         <v>101</v>